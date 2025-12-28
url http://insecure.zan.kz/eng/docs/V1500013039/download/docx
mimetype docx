--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fe52b38" w14:textId="fe52b38">
+    <w:p w14:paraId="76ac89f" w14:textId="76ac89f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -408,63 +408,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. This order shall be enforced upon the expiry of ten calendar days after its first official publication. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7783"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7783" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -477,51 +476,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7783" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -534,51 +533,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Investments and Development of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7783" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -586,51 +585,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2311,90 +2310,90 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Except as otherwise prescribed by the law of the Republic of Kazakhstan, an appeal to a court shall be allowed after an administrative (pre-trial) appeal under paragraph 5 of Article 91 of the Code of Administrative Procedure of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="8225"/>
+        <w:gridCol w:w="5855"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8225" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="5855" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Appendix 1 </w:t>
             </w:r>
@@ -2550,418 +2549,452 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(for legal entities)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12247"/>
+        <w:gridCol w:w="53"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of the legal entity of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Location: legal address, actual location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Business Identification Number (BIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Head of a legal entity of the Republic of Kazakhstan (last name, first name, patronymic (if any), telephone, fax, e-mail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Contact details (phone, fax, email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2969,625 +3002,681 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Information about the person(s) applying for an investor visa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Last name, first name, patronymic (if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date and place of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Citizenship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Information about the identity document</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Validity period of the identity document</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The actual address of the place of residence of the person applying for an investor visa in the country of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position held</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Contact details (phone, fax, email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3657,637 +3746,2196 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(for individuals)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12247"/>
+        <w:gridCol w:w="53"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Information about the service recipient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Last name, first name, patronymic (if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date and place of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Citizenship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Information about the identity document</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Validity period of the identity document</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The actual address of the place of residence of the person applying for an investor visa in the country of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Contact details (phone, fax, email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8225"/>
+        <w:gridCol w:w="5855"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8225" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5855" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to the Rules for issuing an application for an investor visa for persons who are non-residents of the Republic of Kazakhstan and carry out investment activities in the territory of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z256" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The list is amended by the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 30.09.2025 № 11-1-4/573 (effective from 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List of basic requirements for the provision of the public service </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Issue of an application for an investor visa for persons who are non-residents of the Republic of Kazakhstan and carry out investment activities in the territory of the Republic of Kazakhstan"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 2 - as amended by the Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated April 25, 2025, № 11-1-4/247 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="9403"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of the service provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Investment Committee of the Ministry of Foreign Affairs of the Republic of Kazakhstan.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Methods of providing the results of the public services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+web portal of the “electronic government” www.egov.kz </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(hereinafter referred to as the Portal).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Timeframe for provision of public services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (three) working days.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Form of provision of public services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Electronic </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(partially automated).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Result of rendering public services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+An application for an investor visa for persons who are non-residents of the Republic of Kazakhstan and carry out investment activities in the territory of the Republic of Kazakhstan, or a reasoned refusal to provide a public service.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The amount of payment charged to the service recipient for the provision of public services and the methods of collecting it in cases stipulated by the legislation of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Free of charge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Opening hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) portal - around the clock, except for technical breaks due to repair work (if the service recipient applies after working hours, on weekends and holidays, in accordance with the labor legislation of the Republic of Kazakhstan, the application shall be accepted and the results of the public service shall be issued on the next working day); </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) service provider - from Monday to Friday from 9:00 to 19:00, with a lunch break from 13:00 to 15:00, excluding weekends and holidays, in accordance with the Labor Code of the Republic of Kazakhstan and Article 5 of the Law of the Republic of Kazakhstan "On Holidays in the Republic of Kazakhstan".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The list of documents and information required from the service recipient for the provision of public service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) for legal entities:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+an electronic copy of the identity document of the person who applied for an investor visa with a notarized translation in the state or Russian languages;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+an electronic copy of the charter of the service recipient with a notarized translation in the state or Russian languages;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+an electronic copy of the document confirming the position of the person in accordance with paragraph 3 of these Rules;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+electronic copies of documents confirming the fact of investing in an investment project for the last 36 (thirty-six) months prior to the application date (primary accounting documents issued in accordance with the Law of the Republic of Kazakhstan "On Accounting and Financial Reporting";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+invoices issued in accordance with the Tax Code of the Republic of Kazakhstan;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+customs declarations issued in accordance with the Code of the Republic of Kazakhstan "On Customs Regulation in the Republic of Kazakhstan");</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+if there are recommendations from government agencies or quasi-public sector entities confirming the implementation of an investment project by the service recipient in the territory of the Republic of Kazakhstan, additional information is attached;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) for individuals:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+an electronic copy of the identity document of the person applying for an investor visa with a notarized translation in the state or Russian languages;      </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+electronic copies of documents confirming the fact of investment, indicating the surname, first name, patronymic (if any) of the service recipient and the amount of investments made by him in the economy of the Republic of Kazakhstan in the amount equivalent of 300 (three hundred) thousands of US dollars or more for the last 12 (twelve) months prior to the date of filing the application (an extract from the account of the holder of equity securities with a maturity of more than 10 (ten) years or an extract from the charter of a legal entity with a notarized translation in the state or Russian languages on replenishment of the authorized capital with an attachment of a certificate of state registration (re-registration) of a legal entity).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Grounds for refusal to provide public services established by the laws of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) the establishment of the inaccuracy of documents and (or) documents with expired validity, submitted by the service recipient to receive the public service, and (or) the data (information) contained therein; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) the non-compliance of the service recipient and (or) the submitted materials, objects, data and information necessary for the provision of the public service with the requirements established by these Rules; 3) in relation to the service recipient there is a court decision (sentence) that has entered into legal force prohibiting the activity or certain types of activity that require the receipt of this public service.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Other requirements taking into account the specifics of the provision of public services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Service recipients can obtain information about the procedure and status of public service provision remotely through the Unified Contact Center for Public Services. The Unified Contact Center for Public Services can be reached at 1414 or 8 800 080 7777.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4311,1436 +5959,361 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...210 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>(hereinafter referred to as the Portal).</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 3 to the Rules</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for issuing a petition for an investor </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">visa for non-residents of the </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Republic of Kazakhstan carrying</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">out investment activities </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>document form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...1029 lines deleted...]
-Service recipients can obtain information about the procedure and status of public service provision remotely through the Unified Contact Center for Public Services. The Unified Contact Center for Public Services can be reached at 1414 or 8 800 080 7777.</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Surname, first name, patronymic</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(if any)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>or name of the organization</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the service recipient</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(service recipient’s address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Written consent of the service recipient</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Annex 3 is excluded by order of the Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-4/190 dated 17.05.2021 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5760,424 +6333,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...372 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Annex 4 to the Rules</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -6445,55 +6644,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>