--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3dcef33" w14:textId="3dcef33">
+    <w:p w14:paraId="0cab288" w14:textId="0cab288">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2175,51 +2175,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) independently or with the assistance of other organizations shall carry out inspection of activity of mortgage organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-1) shall monitor mortgage organizations’ compliance with the legislation of the Republic of Kazakhstan on counteracting the legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
+      6-1) exercise control over the compliance of mortgage organizations with the legislation of the Republic of Kazakhstan on combating  legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) other functions, provided by this Law, other Laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2317,51 +2317,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5-3 as amended by the Laws of the Republic of Kazakhstan dated 19.02.2007 № 230 (the order of enforcement see Article 2) dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 No 452-IV (shall be enforced from 13.10.2011); № 206-V as of 10.06.2014 (shall be enforced ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 09.06.2020 № 341-VI (shall come into effect from 01.07.2020); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5-3 as amended by the Laws of the Republic of Kazakhstan dated 19.02.2007 № 230 (the order of enforcement see Article 2) dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 No 452-IV (shall be enforced from 13.10.2011); № 206-V as of 10.06.2014 (shall be enforced ten calendar days after its first official publication); № 422-V as of 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 09.06.2020 № 341-VI (shall come into effect from 01.07.2020); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>